--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -899,51 +899,51 @@
       </c>
       <c r="D21" s="14">
         <v>0.1846</v>
       </c>
       <c r="E21" s="14">
         <v>0.1318</v>
       </c>
       <c r="F21" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="14">
         <v>0.1204</v>
       </c>
       <c r="C22" s="14">
         <v>0.1435</v>
       </c>
       <c r="D22" s="14">
         <v>0.1861</v>
       </c>
       <c r="E22" s="14">
-        <v>0.4924</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14">
         <v>0.0471</v>
       </c>
       <c r="C23" s="14">
         <v>0.038</v>
       </c>
       <c r="D23" s="14">
         <v>-0.0006</v>
       </c>
       <c r="E23" s="14">
         <v>0.3469</v>
       </c>
       <c r="F23" s="14">
         <v>0.0</v>
       </c>
     </row>