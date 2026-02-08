--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="資產" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Lockheed Martin Corp.</t>
   </si>
   <si>
     <t>合併資產負債表結構：資產</t>
   </si>
   <si>
     <t>季度數據</t>
   </si>
   <si>
     <t>現金和現金等價物</t>
   </si>
   <si>
     <t>應收賬款淨額</t>
   </si>
   <si>
     <t>合同資產</t>
   </si>
   <si>
     <t>庫存</t>
   </si>
   <si>
     <t>其他流動資產</t>
   </si>
   <si>
@@ -76,67 +73,58 @@
   </si>
   <si>
     <t>遞延所得稅</t>
   </si>
   <si>
     <t>其他非流動資產</t>
   </si>
   <si>
     <t>非流動資產</t>
   </si>
   <si>
     <t>總資產</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -190,78 +178,77 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="12">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -525,1013 +512,1008 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U21"/>
+  <dimension ref="A1:U19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="U21" sqref="U21"/>
+      <selection activeCell="U19" sqref="U19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:21">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:21">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:21">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+      <c r="R5" s="5">
+        <v>44561</v>
+      </c>
+      <c r="S5" s="5">
+        <v>44465</v>
+      </c>
+      <c r="T5" s="5">
+        <v>44374</v>
+      </c>
+      <c r="U5" s="5">
+        <v>44283</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21">
+      <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
+      <c r="B6" s="7">
+        <v>0.0689</v>
+      </c>
+      <c r="C6" s="7">
+        <v>0.0576</v>
+      </c>
+      <c r="D6" s="7">
+        <v>0.022</v>
+      </c>
+      <c r="E6" s="7">
+        <v>0.0318</v>
+      </c>
+      <c r="F6" s="7">
+        <v>0.0446</v>
+      </c>
+      <c r="G6" s="7">
+        <v>0.0568</v>
+      </c>
+      <c r="H6" s="7">
+        <v>0.0458</v>
+      </c>
+      <c r="I6" s="7">
+        <v>0.0508</v>
+      </c>
+      <c r="J6" s="7">
+        <v>0.0275</v>
+      </c>
+      <c r="K6" s="7">
+        <v>0.0627</v>
+      </c>
+      <c r="L6" s="7">
+        <v>0.0645</v>
+      </c>
+      <c r="M6" s="7">
+        <v>0.0447</v>
+      </c>
+      <c r="N6" s="7">
+        <v>0.0482</v>
+      </c>
+      <c r="O6" s="7">
+        <v>0.0467</v>
+      </c>
+      <c r="P6" s="7">
+        <v>0.0343</v>
+      </c>
+      <c r="Q6" s="7">
+        <v>0.0366</v>
+      </c>
+      <c r="R6" s="7">
+        <v>0.0708</v>
+      </c>
+      <c r="S6" s="7">
+        <v>0.0526</v>
+      </c>
+      <c r="T6" s="7">
+        <v>0.0527</v>
+      </c>
+      <c r="U6" s="7">
+        <v>0.057</v>
+      </c>
     </row>
     <row r="7" spans="1:21">
-      <c r="A7" s="5"/>
-[...58 lines deleted...]
-        <v>44283</v>
+      <c r="A7" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="7">
+        <v>0.0652</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.0638</v>
+      </c>
+      <c r="D7" s="7">
+        <v>0.0562</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.0357</v>
+      </c>
+      <c r="F7" s="7">
+        <v>0.0423</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.0386</v>
+      </c>
+      <c r="H7" s="7">
+        <v>0.0532</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.0411</v>
+      </c>
+      <c r="J7" s="7">
+        <v>0.0406</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.0424</v>
+      </c>
+      <c r="L7" s="7">
+        <v>0.0601</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.0473</v>
+      </c>
+      <c r="N7" s="7">
+        <v>0.0474</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.0477</v>
+      </c>
+      <c r="P7" s="7">
+        <v>0.0657</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.0491</v>
+      </c>
+      <c r="R7" s="7">
+        <v>0.0386</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.0437</v>
+      </c>
+      <c r="T7" s="7">
+        <v>0.0501</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.043</v>
       </c>
     </row>
     <row r="8" spans="1:21">
-      <c r="A8" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="7">
+        <v>0.2173</v>
+      </c>
+      <c r="C8" s="7">
+        <v>0.2314</v>
+      </c>
+      <c r="D8" s="7">
+        <v>0.253</v>
+      </c>
+      <c r="E8" s="7">
+        <v>0.259</v>
+      </c>
+      <c r="F8" s="7">
+        <v>0.233</v>
+      </c>
+      <c r="G8" s="7">
+        <v>0.2562</v>
+      </c>
+      <c r="H8" s="7">
+        <v>0.2525</v>
+      </c>
+      <c r="I8" s="7">
+        <v>0.2556</v>
+      </c>
+      <c r="J8" s="7">
+        <v>0.2513</v>
+      </c>
+      <c r="K8" s="7">
+        <v>0.2401</v>
+      </c>
+      <c r="L8" s="7">
+        <v>0.2283</v>
+      </c>
+      <c r="M8" s="7">
+        <v>0.2415</v>
+      </c>
+      <c r="N8" s="7">
+        <v>0.2329</v>
+      </c>
+      <c r="O8" s="7">
+        <v>0.237</v>
+      </c>
+      <c r="P8" s="7">
+        <v>0.2271</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>0.2355</v>
+      </c>
+      <c r="R8" s="7">
+        <v>0.2079</v>
+      </c>
+      <c r="S8" s="7">
+        <v>0.2449</v>
+      </c>
+      <c r="T8" s="7">
+        <v>0.2193</v>
+      </c>
+      <c r="U8" s="7">
+        <v>0.2121</v>
       </c>
     </row>
     <row r="9" spans="1:21">
-      <c r="A9" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="7">
+        <v>0.0589</v>
+      </c>
+      <c r="C9" s="7">
+        <v>0.0622</v>
+      </c>
+      <c r="D9" s="7">
+        <v>0.0628</v>
+      </c>
+      <c r="E9" s="7">
+        <v>0.0635</v>
+      </c>
+      <c r="F9" s="7">
+        <v>0.0625</v>
+      </c>
+      <c r="G9" s="7">
+        <v>0.0582</v>
+      </c>
+      <c r="H9" s="7">
+        <v>0.0562</v>
+      </c>
+      <c r="I9" s="7">
+        <v>0.0596</v>
+      </c>
+      <c r="J9" s="7">
+        <v>0.0597</v>
+      </c>
+      <c r="K9" s="7">
+        <v>0.0584</v>
+      </c>
+      <c r="L9" s="7">
+        <v>0.0614</v>
+      </c>
+      <c r="M9" s="7">
+        <v>0.0635</v>
+      </c>
+      <c r="N9" s="7">
+        <v>0.0584</v>
+      </c>
+      <c r="O9" s="7">
+        <v>0.0598</v>
+      </c>
+      <c r="P9" s="7">
+        <v>0.0663</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>0.061</v>
+      </c>
+      <c r="R9" s="7">
+        <v>0.0586</v>
+      </c>
+      <c r="S9" s="7">
+        <v>0.056</v>
+      </c>
+      <c r="T9" s="7">
+        <v>0.0599</v>
+      </c>
+      <c r="U9" s="7">
+        <v>0.0633</v>
       </c>
     </row>
     <row r="10" spans="1:21">
-      <c r="A10" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="7">
+        <v>0.0136</v>
+      </c>
+      <c r="C10" s="7">
+        <v>0.0153</v>
+      </c>
+      <c r="D10" s="7">
+        <v>0.0135</v>
+      </c>
+      <c r="E10" s="7">
+        <v>0.0123</v>
+      </c>
+      <c r="F10" s="7">
+        <v>0.0105</v>
+      </c>
+      <c r="G10" s="7">
+        <v>0.0083</v>
+      </c>
+      <c r="H10" s="7">
+        <v>0.0093</v>
+      </c>
+      <c r="I10" s="7">
+        <v>0.0106</v>
+      </c>
+      <c r="J10" s="7">
+        <v>0.012</v>
+      </c>
+      <c r="K10" s="7">
+        <v>0.0079</v>
+      </c>
+      <c r="L10" s="7">
+        <v>0.0084</v>
+      </c>
+      <c r="M10" s="7">
+        <v>0.0084</v>
+      </c>
+      <c r="N10" s="7">
+        <v>0.0101</v>
+      </c>
+      <c r="O10" s="7">
+        <v>0.0115</v>
+      </c>
+      <c r="P10" s="7">
+        <v>0.0118</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>0.0137</v>
+      </c>
+      <c r="R10" s="7">
+        <v>0.0135</v>
+      </c>
+      <c r="S10" s="7">
+        <v>0.0147</v>
+      </c>
+      <c r="T10" s="7">
+        <v>0.0149</v>
+      </c>
+      <c r="U10" s="7">
+        <v>0.0183</v>
       </c>
     </row>
     <row r="11" spans="1:21">
-      <c r="A11" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="9">
+        <v>0.4238</v>
+      </c>
+      <c r="C11" s="9">
+        <v>0.4303</v>
+      </c>
+      <c r="D11" s="9">
+        <v>0.4075</v>
+      </c>
+      <c r="E11" s="9">
+        <v>0.4024</v>
+      </c>
+      <c r="F11" s="9">
+        <v>0.3928</v>
+      </c>
+      <c r="G11" s="9">
+        <v>0.4181</v>
+      </c>
+      <c r="H11" s="9">
+        <v>0.417</v>
+      </c>
+      <c r="I11" s="9">
+        <v>0.4177</v>
+      </c>
+      <c r="J11" s="9">
+        <v>0.3912</v>
+      </c>
+      <c r="K11" s="9">
+        <v>0.4116</v>
+      </c>
+      <c r="L11" s="9">
+        <v>0.4227</v>
+      </c>
+      <c r="M11" s="9">
+        <v>0.4054</v>
+      </c>
+      <c r="N11" s="9">
+        <v>0.397</v>
+      </c>
+      <c r="O11" s="9">
+        <v>0.4028</v>
+      </c>
+      <c r="P11" s="9">
+        <v>0.4052</v>
+      </c>
+      <c r="Q11" s="9">
+        <v>0.3958</v>
+      </c>
+      <c r="R11" s="9">
+        <v>0.3895</v>
+      </c>
+      <c r="S11" s="9">
+        <v>0.412</v>
+      </c>
+      <c r="T11" s="9">
+        <v>0.3968</v>
+      </c>
+      <c r="U11" s="9">
+        <v>0.3937</v>
       </c>
     </row>
     <row r="12" spans="1:21">
-      <c r="A12" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.1483</v>
+      </c>
+      <c r="C12" s="7">
+        <v>0.1447</v>
+      </c>
+      <c r="D12" s="7">
+        <v>0.1473</v>
+      </c>
+      <c r="E12" s="7">
+        <v>0.1538</v>
+      </c>
+      <c r="F12" s="7">
+        <v>0.1569</v>
+      </c>
+      <c r="G12" s="7">
+        <v>0.1523</v>
+      </c>
+      <c r="H12" s="7">
+        <v>0.1524</v>
+      </c>
+      <c r="I12" s="7">
+        <v>0.152</v>
+      </c>
+      <c r="J12" s="7">
+        <v>0.1596</v>
+      </c>
+      <c r="K12" s="7">
+        <v>0.142</v>
+      </c>
+      <c r="L12" s="7">
+        <v>0.1398</v>
+      </c>
+      <c r="M12" s="7">
+        <v>0.1453</v>
+      </c>
+      <c r="N12" s="7">
+        <v>0.1508</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.1466</v>
+      </c>
+      <c r="P12" s="7">
+        <v>0.1462</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>0.1468</v>
+      </c>
+      <c r="R12" s="7">
+        <v>0.1493</v>
+      </c>
+      <c r="S12" s="7">
+        <v>0.1414</v>
+      </c>
+      <c r="T12" s="7">
+        <v>0.1399</v>
+      </c>
+      <c r="U12" s="7">
+        <v>0.1402</v>
       </c>
     </row>
     <row r="13" spans="1:21">
-      <c r="A13" s="9" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.1891</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.1877</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.1921</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.1955</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.199</v>
+      </c>
+      <c r="G13" s="7">
+        <v>0.1945</v>
+      </c>
+      <c r="H13" s="7">
+        <v>0.1959</v>
+      </c>
+      <c r="I13" s="7">
+        <v>0.1963</v>
+      </c>
+      <c r="J13" s="7">
+        <v>0.2059</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0.1903</v>
+      </c>
+      <c r="L13" s="7">
+        <v>0.1895</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0.1973</v>
+      </c>
+      <c r="N13" s="7">
+        <v>0.2039</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.2069</v>
+      </c>
+      <c r="P13" s="7">
+        <v>0.2085</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>0.2099</v>
+      </c>
+      <c r="R13" s="7">
+        <v>0.2125</v>
+      </c>
+      <c r="S13" s="7">
+        <v>0.2086</v>
+      </c>
+      <c r="T13" s="7">
+        <v>0.2075</v>
+      </c>
+      <c r="U13" s="7">
+        <v>0.2099</v>
       </c>
     </row>
     <row r="14" spans="1:21">
-      <c r="A14" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.0315</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.0322</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.0342</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.0344</v>
+      </c>
+      <c r="F14" s="7">
+        <v>0.0362</v>
+      </c>
+      <c r="G14" s="7">
+        <v>0.0356</v>
+      </c>
+      <c r="H14" s="7">
+        <v>0.037</v>
+      </c>
+      <c r="I14" s="7">
+        <v>0.0391</v>
+      </c>
+      <c r="J14" s="7">
+        <v>0.0422</v>
+      </c>
+      <c r="K14" s="7">
+        <v>0.0401</v>
+      </c>
+      <c r="L14" s="7">
+        <v>0.041</v>
+      </c>
+      <c r="M14" s="7">
+        <v>0.0439</v>
+      </c>
+      <c r="N14" s="7">
+        <v>0.0465</v>
+      </c>
+      <c r="O14" s="7">
+        <v>0.0485</v>
+      </c>
+      <c r="P14" s="7">
+        <v>0.0499</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>0.0513</v>
+      </c>
+      <c r="R14" s="7">
+        <v>0.0532</v>
+      </c>
+      <c r="S14" s="7">
+        <v>0.0534</v>
+      </c>
+      <c r="T14" s="7">
+        <v>0.0547</v>
+      </c>
+      <c r="U14" s="7">
+        <v>0.057</v>
       </c>
     </row>
     <row r="15" spans="1:21">
-      <c r="A15" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.0497</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.0566</v>
+      </c>
+      <c r="D15" s="7">
+        <v>0.0691</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0.063</v>
+      </c>
+      <c r="F15" s="7">
+        <v>0.064</v>
+      </c>
+      <c r="G15" s="7">
+        <v>0.0559</v>
+      </c>
+      <c r="H15" s="7">
+        <v>0.0559</v>
+      </c>
+      <c r="I15" s="7">
+        <v>0.055</v>
+      </c>
+      <c r="J15" s="7">
+        <v>0.0563</v>
+      </c>
+      <c r="K15" s="7">
+        <v>0.086</v>
+      </c>
+      <c r="L15" s="7">
+        <v>0.0793</v>
+      </c>
+      <c r="M15" s="7">
+        <v>0.0764</v>
+      </c>
+      <c r="N15" s="7">
+        <v>0.0708</v>
+      </c>
+      <c r="O15" s="7">
+        <v>0.0599</v>
+      </c>
+      <c r="P15" s="7">
+        <v>0.0518</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>0.0522</v>
+      </c>
+      <c r="R15" s="7">
+        <v>0.045</v>
+      </c>
+      <c r="S15" s="7">
+        <v>0.0514</v>
+      </c>
+      <c r="T15" s="7">
+        <v>0.0648</v>
+      </c>
+      <c r="U15" s="7">
+        <v>0.0656</v>
       </c>
     </row>
     <row r="16" spans="1:21">
-      <c r="A16" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.1575</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.1485</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.1498</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0.151</v>
+      </c>
+      <c r="F16" s="7">
+        <v>0.1511</v>
+      </c>
+      <c r="G16" s="7">
+        <v>0.1436</v>
+      </c>
+      <c r="H16" s="7">
+        <v>0.1418</v>
+      </c>
+      <c r="I16" s="7">
+        <v>0.1399</v>
+      </c>
+      <c r="J16" s="7">
+        <v>0.1449</v>
+      </c>
+      <c r="K16" s="7">
+        <v>0.13</v>
+      </c>
+      <c r="L16" s="7">
+        <v>0.1277</v>
+      </c>
+      <c r="M16" s="7">
+        <v>0.1317</v>
+      </c>
+      <c r="N16" s="7">
+        <v>0.1311</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0.1353</v>
+      </c>
+      <c r="P16" s="7">
+        <v>0.1383</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>0.144</v>
+      </c>
+      <c r="R16" s="7">
+        <v>0.1504</v>
+      </c>
+      <c r="S16" s="7">
+        <v>0.1332</v>
+      </c>
+      <c r="T16" s="7">
+        <v>0.1363</v>
+      </c>
+      <c r="U16" s="7">
+        <v>0.1335</v>
       </c>
     </row>
     <row r="17" spans="1:21">
-      <c r="A17" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="9">
+        <v>0.5762</v>
+      </c>
+      <c r="C17" s="9">
+        <v>0.5697</v>
+      </c>
+      <c r="D17" s="9">
+        <v>0.5925</v>
+      </c>
+      <c r="E17" s="9">
+        <v>0.5976</v>
+      </c>
+      <c r="F17" s="9">
+        <v>0.6072</v>
+      </c>
+      <c r="G17" s="9">
+        <v>0.5819</v>
+      </c>
+      <c r="H17" s="9">
+        <v>0.583</v>
+      </c>
+      <c r="I17" s="9">
+        <v>0.5823</v>
+      </c>
+      <c r="J17" s="9">
+        <v>0.6088</v>
+      </c>
+      <c r="K17" s="9">
+        <v>0.5884</v>
+      </c>
+      <c r="L17" s="9">
+        <v>0.5773</v>
+      </c>
+      <c r="M17" s="9">
+        <v>0.5946</v>
+      </c>
+      <c r="N17" s="9">
+        <v>0.603</v>
+      </c>
+      <c r="O17" s="9">
+        <v>0.5972</v>
+      </c>
+      <c r="P17" s="9">
+        <v>0.5948</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>0.6042</v>
+      </c>
+      <c r="R17" s="9">
+        <v>0.6105</v>
+      </c>
+      <c r="S17" s="9">
+        <v>0.588</v>
+      </c>
+      <c r="T17" s="9">
+        <v>0.6032</v>
+      </c>
+      <c r="U17" s="9">
+        <v>0.6063</v>
       </c>
     </row>
     <row r="18" spans="1:21">
-      <c r="A18" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="C18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="D18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="E18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="F18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="G18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="H18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="I18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="J18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="K18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="L18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="M18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="N18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="O18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="P18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="Q18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="R18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="S18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="T18" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="U18" s="9">
+        <v>1.0</v>
       </c>
     </row>
     <row r="19" spans="1:21">
-      <c r="A19" s="9" t="s">
-[...64 lines deleted...]
-      <c r="A20" s="11" t="s">
+      <c r="A19" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="B20" s="10" t="e">
-[...83 lines deleted...]
-      <c r="U21" s="12"/>
+      <c r="B19" s="11"/>
+      <c r="C19" s="11"/>
+      <c r="D19" s="11"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="11"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="11"/>
+      <c r="I19" s="11"/>
+      <c r="J19" s="11"/>
+      <c r="K19" s="11"/>
+      <c r="L19" s="11"/>
+      <c r="M19" s="11"/>
+      <c r="N19" s="11"/>
+      <c r="O19" s="11"/>
+      <c r="P19" s="11"/>
+      <c r="Q19" s="11"/>
+      <c r="R19" s="11"/>
+      <c r="S19" s="11"/>
+      <c r="T19" s="11"/>
+      <c r="U19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">