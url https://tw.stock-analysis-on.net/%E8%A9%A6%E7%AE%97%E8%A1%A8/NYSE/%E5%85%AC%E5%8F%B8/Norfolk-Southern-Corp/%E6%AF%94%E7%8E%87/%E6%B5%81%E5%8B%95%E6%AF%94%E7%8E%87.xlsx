--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -884,51 +884,51 @@
       </c>
       <c r="B13" s="6">
         <v>0.98</v>
       </c>
       <c r="C13" s="6">
         <v>1.44</v>
       </c>
       <c r="D13" s="6">
         <v>0.0</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="6">
         <v>0.62</v>
       </c>
       <c r="C14" s="6">
-        <v>1.01</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="6">
         <v>0.0</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="6">
         <v>1.19</v>
       </c>
       <c r="C15" s="6">
         <v>1.16</v>
       </c>
       <c r="D15" s="6">
         <v>0.0</v>
       </c>
       <c r="E15" s="6">
@@ -1215,51 +1215,51 @@
       </c>
       <c r="B16" s="6">
         <v>0.82</v>
       </c>
       <c r="C16" s="6">
         <v>1.19</v>
       </c>
       <c r="D16" s="6">
         <v>0.0</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="6">
         <v>0.47</v>
       </c>
       <c r="C17" s="6">
-        <v>0.79</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="6">
         <v>0.0</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="6">
         <v>1.1</v>
       </c>
       <c r="C18" s="6">
         <v>1.02</v>
       </c>
       <c r="D18" s="6">
         <v>0.0</v>
       </c>
       <c r="E18" s="6">
@@ -1526,51 +1526,51 @@
       </c>
       <c r="B15" s="6">
         <v>0.55</v>
       </c>
       <c r="C15" s="6">
         <v>1.03</v>
       </c>
       <c r="D15" s="6">
         <v>0.0</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="6">
         <v>0.17</v>
       </c>
       <c r="C16" s="6">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
       <c r="D16" s="6">
         <v>0.0</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="6">
         <v>1.01</v>
       </c>
       <c r="C17" s="6">
         <v>0.92</v>
       </c>
       <c r="D17" s="6">
         <v>0.0</v>
       </c>
       <c r="E17" s="6">