--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>Oracle Corp.</t>
   </si>
   <si>
     <t>公司自由現金流（FCFF）預測</t>
   </si>
   <si>
     <t>以百萬美元計，每股數據除外</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>價值</t>
   </si>
   <si>
     <t>FCFF(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>現值 16.16%</t>
+    <t>現值 16.26%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Oracle Corp.資本的內在價值</t>
   </si>