--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -875,51 +875,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="6">
         <v>1.05</v>
       </c>
       <c r="C12" s="6">
         <v>0.94</v>
       </c>
       <c r="D12" s="6">
         <v>1.14</v>
       </c>
       <c r="E12" s="6">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="6">
         <v>0.0</v>
       </c>
       <c r="G12" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="6">
         <v>1.41</v>
       </c>
       <c r="C13" s="6">
         <v>1.01</v>
       </c>
       <c r="D13" s="6">
         <v>1.23</v>
       </c>
       <c r="E13" s="6">
         <v>1.08</v>
       </c>
       <c r="F13" s="6">
@@ -1246,51 +1246,51 @@
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>0.81</v>
       </c>
       <c r="C16" s="6">
         <v>0.69</v>
       </c>
       <c r="D16" s="6">
         <v>0.86</v>
       </c>
       <c r="E16" s="6">
-        <v>0.83</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="6">
         <v>0.26</v>
       </c>
       <c r="C17" s="6">
         <v>0.2</v>
       </c>
       <c r="D17" s="6">
         <v>0.47</v>
       </c>
       <c r="E17" s="6">
         <v>0.23</v>
       </c>
       <c r="F17" s="6">
@@ -1594,51 +1594,51 @@
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="34.8">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="28.8">
       <c r="A14" s="13" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="6">
         <v>0.53</v>
       </c>
       <c r="C15" s="6">
         <v>0.45</v>
       </c>
       <c r="D15" s="6">
         <v>0.68</v>
       </c>
       <c r="E15" s="6">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="6">
         <v>0.0</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="6">
         <v>0.12</v>
       </c>
       <c r="C16" s="6">
         <v>0.08</v>
       </c>
       <c r="D16" s="6">
         <v>0.34</v>
       </c>
       <c r="E16" s="6">
         <v>0.12</v>
       </c>
       <c r="F16" s="6">