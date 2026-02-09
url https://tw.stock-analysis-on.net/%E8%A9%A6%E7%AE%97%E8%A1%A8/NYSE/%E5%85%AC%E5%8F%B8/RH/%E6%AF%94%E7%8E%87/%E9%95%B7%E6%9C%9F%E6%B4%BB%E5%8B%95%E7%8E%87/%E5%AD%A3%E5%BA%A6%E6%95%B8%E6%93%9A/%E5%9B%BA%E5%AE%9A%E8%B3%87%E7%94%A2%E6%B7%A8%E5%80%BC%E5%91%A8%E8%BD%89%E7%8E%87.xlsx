--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -879,60 +879,60 @@
       <c r="C13" s="13">
         <v>2.82</v>
       </c>
       <c r="D13" s="13">
         <v>2.82</v>
       </c>
       <c r="E13" s="13">
         <v>2.78</v>
       </c>
       <c r="F13" s="13">
         <v>2.75</v>
       </c>
       <c r="G13" s="13">
         <v>2.75</v>
       </c>
       <c r="H13" s="13">
         <v>2.83</v>
       </c>
       <c r="I13" s="13">
         <v>2.8</v>
       </c>
       <c r="J13" s="13">
         <v>2.84</v>
       </c>
       <c r="K13" s="13">
-        <v>2.93</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
-        <v>3.32</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="13">
-        <v>3.45</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>
       <c r="U13" s="13">
         <v>0.0</v>
       </c>
       <c r="V13" s="13">
         <v>0.0</v>
       </c>