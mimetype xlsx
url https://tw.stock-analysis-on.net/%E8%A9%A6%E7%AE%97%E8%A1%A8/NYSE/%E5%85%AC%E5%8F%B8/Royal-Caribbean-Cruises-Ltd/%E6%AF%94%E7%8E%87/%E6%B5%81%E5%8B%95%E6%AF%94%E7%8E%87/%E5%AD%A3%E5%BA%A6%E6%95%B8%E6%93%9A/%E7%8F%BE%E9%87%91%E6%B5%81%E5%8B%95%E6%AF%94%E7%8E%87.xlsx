--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1014,60 +1014,60 @@
       </c>
       <c r="P16" s="15">
         <v>0.0</v>
       </c>
       <c r="Q16" s="15">
         <v>0.0</v>
       </c>
       <c r="R16" s="15">
         <v>0.0</v>
       </c>
       <c r="S16" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="15">
         <v>0.92</v>
       </c>
       <c r="C17" s="15">
         <v>1.03</v>
       </c>
       <c r="D17" s="15">
-        <v>1.23</v>
+        <v>0.0</v>
       </c>
       <c r="E17" s="15">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="15">
-        <v>1.19</v>
+        <v>0.0</v>
       </c>
       <c r="G17" s="15">
-        <v>1.27</v>
+        <v>0.0</v>
       </c>
       <c r="H17" s="15">
         <v>0.0</v>
       </c>
       <c r="I17" s="15">
         <v>0.0</v>
       </c>
       <c r="J17" s="15">
         <v>0.0</v>
       </c>
       <c r="K17" s="15">
         <v>0.0</v>
       </c>
       <c r="L17" s="15">
         <v>0.0</v>
       </c>
       <c r="M17" s="15">
         <v>0.0</v>
       </c>
       <c r="N17" s="15">
         <v>0.0</v>
       </c>
       <c r="O17" s="15">
         <v>0.0</v>
       </c>