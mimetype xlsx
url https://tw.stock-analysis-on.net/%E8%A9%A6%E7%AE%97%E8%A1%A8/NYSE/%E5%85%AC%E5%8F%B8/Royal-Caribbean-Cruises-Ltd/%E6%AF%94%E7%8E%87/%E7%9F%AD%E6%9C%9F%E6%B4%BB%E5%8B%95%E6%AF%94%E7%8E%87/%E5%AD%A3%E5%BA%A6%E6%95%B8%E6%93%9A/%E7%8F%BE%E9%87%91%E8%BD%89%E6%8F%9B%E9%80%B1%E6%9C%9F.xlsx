--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -885,60 +885,60 @@
       <c r="S12" s="10">
         <v>-10.0</v>
       </c>
     </row>
     <row r="13" spans="1:19" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:19" customHeight="1" ht="28.8">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="8">
         <v>-3.0</v>
       </c>
       <c r="C15" s="8">
         <v>-4.0</v>
       </c>
       <c r="D15" s="8">
-        <v>-3.0</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="8">
-        <v>-5.0</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="8">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="8">
-        <v>-4.0</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="8">
         <v>0.0</v>
       </c>
       <c r="I15" s="8">
         <v>0.0</v>
       </c>
       <c r="J15" s="8">
         <v>0.0</v>
       </c>
       <c r="K15" s="8">
         <v>0.0</v>
       </c>
       <c r="L15" s="8">
         <v>0.0</v>
       </c>
       <c r="M15" s="8">
         <v>0.0</v>
       </c>
       <c r="N15" s="8">
         <v>0.0</v>
       </c>
       <c r="O15" s="8">
         <v>0.0</v>
       </c>