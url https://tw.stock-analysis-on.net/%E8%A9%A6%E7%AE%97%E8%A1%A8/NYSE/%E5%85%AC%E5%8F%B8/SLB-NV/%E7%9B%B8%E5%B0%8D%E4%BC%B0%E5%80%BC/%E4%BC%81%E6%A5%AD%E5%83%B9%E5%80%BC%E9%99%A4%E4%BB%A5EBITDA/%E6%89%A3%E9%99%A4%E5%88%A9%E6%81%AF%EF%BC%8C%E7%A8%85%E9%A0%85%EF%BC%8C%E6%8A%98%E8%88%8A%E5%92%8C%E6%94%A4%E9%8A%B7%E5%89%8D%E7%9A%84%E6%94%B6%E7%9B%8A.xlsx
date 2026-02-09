--- v0 (2025-10-23)
+++ v1 (2026-02-09)
@@ -29,51 +29,51 @@
     <sheet name="EBITDA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>EBITDA, 計算</t>
   </si>
   <si>
     <t>百萬美元</t>
   </si>
   <si>
     <t>已結束 12 個月</t>
   </si>
   <si>
-    <t>歸屬於SLB的凈收益（虧損）</t>
+    <t>歸因於SLB的淨收入</t>
   </si>
   <si>
     <t>更多： 歸屬於非控制性權益的凈利潤</t>
   </si>
   <si>
     <t>更多： 所得稅費用</t>
   </si>
   <si>
     <t>稅前盈利 （EBT）</t>
   </si>
   <si>
     <t>更多： 利息支出</t>
   </si>
   <si>
     <t>息稅前盈利 （EBIT）</t>
   </si>
   <si>
     <t>更多： 折舊和攤銷，包括固定資產折舊和無形資產攤銷、勘探數據成本和APS投資</t>
   </si>
   <si>
     <t>未計利息、稅項、折舊及攤銷前盈利 （EBITDA）</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
@@ -539,63 +539,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>