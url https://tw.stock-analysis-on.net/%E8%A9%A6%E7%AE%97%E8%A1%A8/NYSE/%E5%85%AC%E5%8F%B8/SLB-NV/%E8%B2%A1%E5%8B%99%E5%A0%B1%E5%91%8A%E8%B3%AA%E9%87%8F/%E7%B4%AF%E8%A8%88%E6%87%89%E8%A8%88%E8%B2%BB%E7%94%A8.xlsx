--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -79,51 +79,51 @@
   <si>
     <t>基於資產負債表的應計項目合計</t>
   </si>
   <si>
     <t>財務比率</t>
   </si>
   <si>
     <t>基於資產負債表的權責發生率</t>
   </si>
   <si>
     <t>基準</t>
   </si>
   <si>
     <t>基於資產負債表的權責發生率工業</t>
   </si>
   <si>
     <t>能源</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
   <si>
     <t>應計專案總額的現金流量表計算</t>
   </si>
   <si>
-    <t>歸屬於SLB的凈收益（虧損）</t>
+    <t>歸因於SLB的淨收入</t>
   </si>
   <si>
     <t>少： 經營活動產生的現金凈額</t>
   </si>
   <si>
     <t>少： 投資活動中使用的現金凈額</t>
   </si>
   <si>
     <t>基於現金流量表的應計項目合計</t>
   </si>
   <si>
     <t>基於現金流量表的應計比率</t>
   </si>
   <si>
     <t>基於現金流量表的應計比率工業</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
@@ -619,63 +619,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -955,63 +955,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="11" t="s">
         <v>22</v>