--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -59,108 +59,108 @@
   <si>
     <t>收入</t>
   </si>
   <si>
     <t>服務費用</t>
   </si>
   <si>
     <t>銷售成本</t>
   </si>
   <si>
     <t>收入成本</t>
   </si>
   <si>
     <t>毛利率</t>
   </si>
   <si>
     <t>研究與工程</t>
   </si>
   <si>
     <t>一般與行政</t>
   </si>
   <si>
     <t>重組和其他</t>
   </si>
   <si>
+    <t>損傷</t>
+  </si>
+  <si>
     <t>合併與整合</t>
   </si>
   <si>
-    <t>損傷 &amp; 其他</t>
-[...2 lines deleted...]
-    <t>營業利潤 （虧損）</t>
+    <t>營業利潤</t>
   </si>
   <si>
     <t>權益法投資收益</t>
   </si>
   <si>
+    <t>Palliser APS 專案出售收益</t>
+  </si>
+  <si>
     <t>利息收入</t>
   </si>
   <si>
     <t>出售投資收益</t>
   </si>
   <si>
     <t>出售 Liberty 股票的收益</t>
   </si>
   <si>
     <t>藍籌股掉期交易的損失</t>
   </si>
   <si>
     <t>ADC股權投資收益</t>
   </si>
   <si>
     <t>出售房地產的收益</t>
   </si>
   <si>
     <t>回購債券收益</t>
   </si>
   <si>
     <t>有價證券的未實現收益</t>
   </si>
   <si>
-    <t>企業銷售收益</t>
-[...1 lines deleted...]
-  <si>
     <t>利息和其他收入，凈額</t>
   </si>
   <si>
     <t>利息支出</t>
   </si>
   <si>
-    <t>稅前利潤（虧損）</t>
-[...5 lines deleted...]
-    <t>淨收入（虧損）</t>
+    <t>稅前利潤</t>
+  </si>
+  <si>
+    <t>稅費費用</t>
+  </si>
+  <si>
+    <t>淨收入</t>
   </si>
   <si>
     <t>歸屬於非控制性權益的凈利潤</t>
   </si>
   <si>
-    <t>歸屬於SLB的凈收益（虧損）</t>
+    <t>歸因於SLB的淨收入</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -611,63 +611,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>