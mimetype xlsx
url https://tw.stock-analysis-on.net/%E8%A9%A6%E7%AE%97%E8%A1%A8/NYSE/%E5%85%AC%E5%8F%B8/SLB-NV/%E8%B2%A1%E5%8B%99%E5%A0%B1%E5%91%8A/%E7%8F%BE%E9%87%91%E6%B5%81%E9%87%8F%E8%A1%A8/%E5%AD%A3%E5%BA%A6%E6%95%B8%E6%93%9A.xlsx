--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -12,197 +12,194 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="現金流量表" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>合併現金流量表</t>
   </si>
   <si>
     <t>季度數據</t>
   </si>
   <si>
     <t>百萬美元</t>
   </si>
   <si>
     <t>截至 3 個月</t>
   </si>
   <si>
-    <t>淨收入（虧損）</t>
+    <t>淨收入</t>
+  </si>
+  <si>
+    <t>費用和貸項</t>
   </si>
   <si>
     <t>折舊和攤銷，包括固定資產折舊和無形資產攤銷、勘探數據成本和資產績效解決方案（APS）投資</t>
   </si>
   <si>
     <t>APS專案出售收益</t>
   </si>
   <si>
     <t>權益法投資減值</t>
   </si>
   <si>
-    <t>費用和貸項</t>
+    <t>存貨採購會計調整攤銷</t>
   </si>
   <si>
     <t>遞延稅款</t>
   </si>
   <si>
     <t>基於股票的薪酬費用</t>
   </si>
   <si>
     <t>權益法投資收益，減去收到的股利</t>
   </si>
   <si>
     <t>應收賬款（增）減</t>
   </si>
   <si>
     <t>（增加）庫存減少</t>
   </si>
   <si>
     <t>其他流動資產（增）減</t>
   </si>
   <si>
     <t>其他資產（增）減</t>
   </si>
   <si>
     <t>應付賬款和應計負債增加（減少）</t>
   </si>
   <si>
     <t>估計收入稅負債的增加（減少）</t>
   </si>
   <si>
     <t>其他負債增加（減少）</t>
   </si>
   <si>
     <t>其他</t>
   </si>
   <si>
     <t>資產和負債變動，扣除業務收購和資產剝離的影響</t>
   </si>
   <si>
-    <t>將凈收入（虧損）與經營活動提供的現金進行調節的調整</t>
+    <t>為使凈收入與經營活動提供的現金進行調節而進行的調整</t>
   </si>
   <si>
     <t>經營活動產生的現金凈額</t>
   </si>
   <si>
     <t>資本支出</t>
   </si>
   <si>
     <t>APS 投資</t>
   </si>
   <si>
     <t>將勘探數據成本資本化</t>
   </si>
   <si>
     <t>收購 ChampionX Corporation 獲得的現金</t>
   </si>
   <si>
     <t>出售APS項目的收益</t>
   </si>
   <si>
     <t>出售ChampionX Drilling Technologies業務所得款項</t>
   </si>
   <si>
     <t>其他業務收購及投資，扣除收購現金後</t>
   </si>
   <si>
-    <t>資產剝離所得款項</t>
-[...1 lines deleted...]
-  <si>
     <t>出售 Liberty 股票的收益</t>
   </si>
   <si>
     <t>出售ADC股份所得款項</t>
   </si>
   <si>
     <t>出售房地產所得</t>
   </si>
   <si>
     <t>（購買）短期投資銷售額，淨額</t>
   </si>
   <si>
     <t>購買藍籌股掉期證券</t>
   </si>
   <si>
     <t>出售Blue Chip Swap 證券的收益</t>
   </si>
   <si>
     <t>投資活動產生的現金凈額（用於）</t>
   </si>
   <si>
     <t>已支付的股息</t>
   </si>
   <si>
     <t>員工購股計劃收益</t>
   </si>
   <si>
     <t>行使股票期權所得款項</t>
   </si>
   <si>
     <t>就凈結算的股票薪酬獎勵支付的稅款</t>
   </si>
   <si>
     <t>股票回購計劃</t>
   </si>
   <si>
     <t>發行長期債券所得款項</t>
   </si>
   <si>
     <t>償還長期債務</t>
   </si>
   <si>
     <t>短期借款凈增（減）損</t>
-  </si>
-[...1 lines deleted...]
-    <t>償還融資租賃相關債務</t>
   </si>
   <si>
     <t>籌資活動提供（用於）的現金凈額</t>
   </si>
   <si>
     <t>折算對現金的影響</t>
   </si>
   <si>
     <t>現金淨增（減）少</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -642,161 +639,152 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X57"/>
+  <dimension ref="A1:U56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X57" sqref="X57"/>
+      <selection activeCell="U56" sqref="U56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:21">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:21">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:21">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:21">
       <c r="A7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:24">
+    <row r="8" spans="1:21">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C8" s="6">
         <v>45930</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>45838</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>45747</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>45657</v>
       </c>
-      <c r="F8" s="6">
+      <c r="G8" s="6">
         <v>45565</v>
       </c>
-      <c r="G8" s="6">
+      <c r="H8" s="6">
         <v>45473</v>
       </c>
-      <c r="H8" s="6">
+      <c r="I8" s="6">
         <v>45382</v>
       </c>
-      <c r="I8" s="6">
+      <c r="J8" s="6">
         <v>45291</v>
       </c>
-      <c r="J8" s="6">
+      <c r="K8" s="6">
         <v>45199</v>
       </c>
-      <c r="K8" s="6">
+      <c r="L8" s="6">
         <v>45107</v>
       </c>
-      <c r="L8" s="6">
+      <c r="M8" s="6">
         <v>45016</v>
       </c>
-      <c r="M8" s="6">
+      <c r="N8" s="6">
         <v>44926</v>
       </c>
-      <c r="N8" s="6">
+      <c r="O8" s="6">
         <v>44834</v>
       </c>
-      <c r="O8" s="6">
+      <c r="P8" s="6">
         <v>44742</v>
       </c>
-      <c r="P8" s="6">
+      <c r="Q8" s="6">
         <v>44651</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="R8" s="6">
         <v>44561</v>
       </c>
-      <c r="R8" s="6">
+      <c r="S8" s="6">
         <v>44469</v>
       </c>
-      <c r="S8" s="6">
+      <c r="T8" s="6">
         <v>44377</v>
       </c>
-      <c r="T8" s="6">
+      <c r="U8" s="6">
         <v>44286</v>
       </c>
-      <c r="U8" s="6">
-[...12 lines deleted...]
-    <row r="9" spans="1:24">
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="8" t="e">
@@ -816,61 +804,52 @@
       </c>
       <c r="N9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U9" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V9" s="8" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="8" t="e">
@@ -890,61 +869,52 @@
       </c>
       <c r="N10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U10" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V10" s="8" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -964,61 +934,52 @@
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="8" t="e">
@@ -1038,61 +999,52 @@
       </c>
       <c r="N12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U12" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V12" s="8" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="8" t="e">
@@ -1112,61 +1064,52 @@
       </c>
       <c r="N13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U13" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V13" s="8" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:24">
+    </row>
+    <row r="14" spans="1:21">
       <c r="A14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="8" t="e">
@@ -1186,61 +1129,52 @@
       </c>
       <c r="N14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U14" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V14" s="8" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:24">
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="8" t="e">
@@ -1260,61 +1194,52 @@
       </c>
       <c r="N15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U15" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V15" s="8" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="8" t="e">
@@ -1334,62 +1259,53 @@
       </c>
       <c r="N16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U16" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V16" s="8" t="e">
-[...10 lines deleted...]
-      <c r="A17" s="10" t="s">
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
         <v>#N/A</v>
@@ -1408,61 +1324,52 @@
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:24">
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
@@ -1482,61 +1389,52 @@
       </c>
       <c r="N18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U18" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V18" s="8" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:24">
+    </row>
+    <row r="19" spans="1:21">
       <c r="A19" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="8" t="e">
@@ -1556,61 +1454,52 @@
       </c>
       <c r="N19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U19" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V19" s="8" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:24">
+    </row>
+    <row r="20" spans="1:21">
       <c r="A20" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="8" t="e">
@@ -1630,61 +1519,52 @@
       </c>
       <c r="N20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U20" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V20" s="8" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:24">
+    </row>
+    <row r="21" spans="1:21">
       <c r="A21" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I21" s="8" t="e">
@@ -1704,61 +1584,52 @@
       </c>
       <c r="N21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U21" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V21" s="8" t="e">
-[...9 lines deleted...]
-    <row r="22" spans="1:24">
+    </row>
+    <row r="22" spans="1:21">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I22" s="8" t="e">
@@ -1778,61 +1649,52 @@
       </c>
       <c r="N22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U22" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V22" s="8" t="e">
-[...9 lines deleted...]
-    <row r="23" spans="1:24">
+    </row>
+    <row r="23" spans="1:21">
       <c r="A23" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I23" s="8" t="e">
@@ -1852,61 +1714,52 @@
       </c>
       <c r="N23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U23" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V23" s="8" t="e">
-[...9 lines deleted...]
-    <row r="24" spans="1:24">
+    </row>
+    <row r="24" spans="1:21">
       <c r="A24" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I24" s="8" t="e">
@@ -1926,136 +1779,118 @@
       </c>
       <c r="N24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U24" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V24" s="8" t="e">
-[...10 lines deleted...]
-      <c r="A25" s="11" t="s">
+    </row>
+    <row r="25" spans="1:21">
+      <c r="A25" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="12" t="e">
-[...70 lines deleted...]
-      <c r="A26" s="13" t="s">
+      <c r="B25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I26" s="12" t="e">
         <v>#N/A</v>
@@ -2074,62 +1909,53 @@
       </c>
       <c r="N26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="R26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="S26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="T26" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="U26" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V26" s="12" t="e">
-[...10 lines deleted...]
-      <c r="A27" s="14" t="s">
+    </row>
+    <row r="27" spans="1:21">
+      <c r="A27" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I27" s="12" t="e">
         <v>#N/A</v>
@@ -2148,135 +1974,117 @@
       </c>
       <c r="N27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="R27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="S27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="T27" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="U27" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V27" s="12" t="e">
-[...10 lines deleted...]
-      <c r="A28" s="7" t="s">
+    </row>
+    <row r="28" spans="1:21">
+      <c r="A28" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="8" t="e">
-[...69 lines deleted...]
-    <row r="29" spans="1:24">
+      <c r="B28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U28" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21">
       <c r="A29" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I29" s="8" t="e">
@@ -2296,61 +2104,52 @@
       </c>
       <c r="N29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T29" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U29" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V29" s="8" t="e">
-[...9 lines deleted...]
-    <row r="30" spans="1:24">
+    </row>
+    <row r="30" spans="1:21">
       <c r="A30" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I30" s="8" t="e">
@@ -2370,61 +2169,52 @@
       </c>
       <c r="N30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T30" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U30" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V30" s="8" t="e">
-[...9 lines deleted...]
-    <row r="31" spans="1:24">
+    </row>
+    <row r="31" spans="1:21">
       <c r="A31" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I31" s="8" t="e">
@@ -2444,61 +2234,52 @@
       </c>
       <c r="N31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T31" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U31" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V31" s="8" t="e">
-[...9 lines deleted...]
-    <row r="32" spans="1:24">
+    </row>
+    <row r="32" spans="1:21">
       <c r="A32" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I32" s="8" t="e">
@@ -2518,61 +2299,52 @@
       </c>
       <c r="N32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T32" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U32" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V32" s="8" t="e">
-[...9 lines deleted...]
-    <row r="33" spans="1:24">
+    </row>
+    <row r="33" spans="1:21">
       <c r="A33" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I33" s="8" t="e">
@@ -2592,61 +2364,52 @@
       </c>
       <c r="N33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T33" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U33" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V33" s="8" t="e">
-[...9 lines deleted...]
-    <row r="34" spans="1:24">
+    </row>
+    <row r="34" spans="1:21">
       <c r="A34" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I34" s="8" t="e">
@@ -2666,61 +2429,52 @@
       </c>
       <c r="N34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T34" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U34" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V34" s="8" t="e">
-[...9 lines deleted...]
-    <row r="35" spans="1:24">
+    </row>
+    <row r="35" spans="1:21">
       <c r="A35" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I35" s="8" t="e">
@@ -2740,61 +2494,52 @@
       </c>
       <c r="N35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T35" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U35" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V35" s="8" t="e">
-[...9 lines deleted...]
-    <row r="36" spans="1:24">
+    </row>
+    <row r="36" spans="1:21">
       <c r="A36" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I36" s="8" t="e">
@@ -2814,61 +2559,52 @@
       </c>
       <c r="N36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T36" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U36" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V36" s="8" t="e">
-[...9 lines deleted...]
-    <row r="37" spans="1:24">
+    </row>
+    <row r="37" spans="1:21">
       <c r="A37" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I37" s="8" t="e">
@@ -2888,61 +2624,52 @@
       </c>
       <c r="N37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T37" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U37" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V37" s="8" t="e">
-[...9 lines deleted...]
-    <row r="38" spans="1:24">
+    </row>
+    <row r="38" spans="1:21">
       <c r="A38" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I38" s="8" t="e">
@@ -2962,61 +2689,52 @@
       </c>
       <c r="N38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T38" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U38" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V38" s="8" t="e">
-[...9 lines deleted...]
-    <row r="39" spans="1:24">
+    </row>
+    <row r="39" spans="1:21">
       <c r="A39" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I39" s="8" t="e">
@@ -3036,61 +2754,52 @@
       </c>
       <c r="N39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T39" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U39" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V39" s="8" t="e">
-[...9 lines deleted...]
-    <row r="40" spans="1:24">
+    </row>
+    <row r="40" spans="1:21">
       <c r="A40" s="7" t="s">
         <v>37</v>
       </c>
       <c r="B40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I40" s="8" t="e">
@@ -3110,61 +2819,52 @@
       </c>
       <c r="N40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T40" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U40" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V40" s="8" t="e">
-[...9 lines deleted...]
-    <row r="41" spans="1:24">
+    </row>
+    <row r="41" spans="1:21">
       <c r="A41" s="7" t="s">
         <v>38</v>
       </c>
       <c r="B41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I41" s="8" t="e">
@@ -3184,63 +2884,54 @@
       </c>
       <c r="N41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T41" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U41" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V41" s="8" t="e">
-[...9 lines deleted...]
-    <row r="42" spans="1:24">
+    </row>
+    <row r="42" spans="1:21">
       <c r="A42" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I42" s="8" t="e">
         <v>#N/A</v>
       </c>
@@ -3258,61 +2949,52 @@
       </c>
       <c r="N42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T42" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U42" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V42" s="8" t="e">
-[...9 lines deleted...]
-    <row r="43" spans="1:24">
+    </row>
+    <row r="43" spans="1:21">
       <c r="A43" s="14" t="s">
         <v>39</v>
       </c>
       <c r="B43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I43" s="12" t="e">
@@ -3332,61 +3014,52 @@
       </c>
       <c r="N43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="R43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="S43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="T43" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="U43" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V43" s="12" t="e">
-[...9 lines deleted...]
-    <row r="44" spans="1:24">
+    </row>
+    <row r="44" spans="1:21">
       <c r="A44" s="7" t="s">
         <v>40</v>
       </c>
       <c r="B44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I44" s="8" t="e">
@@ -3406,61 +3079,52 @@
       </c>
       <c r="N44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T44" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U44" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V44" s="8" t="e">
-[...9 lines deleted...]
-    <row r="45" spans="1:24">
+    </row>
+    <row r="45" spans="1:21">
       <c r="A45" s="7" t="s">
         <v>41</v>
       </c>
       <c r="B45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I45" s="8" t="e">
@@ -3480,61 +3144,52 @@
       </c>
       <c r="N45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T45" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U45" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V45" s="8" t="e">
-[...9 lines deleted...]
-    <row r="46" spans="1:24">
+    </row>
+    <row r="46" spans="1:21">
       <c r="A46" s="7" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I46" s="8" t="e">
@@ -3554,61 +3209,52 @@
       </c>
       <c r="N46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T46" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U46" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V46" s="8" t="e">
-[...9 lines deleted...]
-    <row r="47" spans="1:24">
+    </row>
+    <row r="47" spans="1:21">
       <c r="A47" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I47" s="8" t="e">
@@ -3628,61 +3274,52 @@
       </c>
       <c r="N47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T47" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U47" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V47" s="8" t="e">
-[...9 lines deleted...]
-    <row r="48" spans="1:24">
+    </row>
+    <row r="48" spans="1:21">
       <c r="A48" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I48" s="8" t="e">
@@ -3702,61 +3339,52 @@
       </c>
       <c r="N48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T48" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U48" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V48" s="8" t="e">
-[...9 lines deleted...]
-    <row r="49" spans="1:24">
+    </row>
+    <row r="49" spans="1:21">
       <c r="A49" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I49" s="8" t="e">
@@ -3776,61 +3404,52 @@
       </c>
       <c r="N49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T49" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U49" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V49" s="8" t="e">
-[...9 lines deleted...]
-    <row r="50" spans="1:24">
+    </row>
+    <row r="50" spans="1:21">
       <c r="A50" s="7" t="s">
         <v>46</v>
       </c>
       <c r="B50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I50" s="8" t="e">
@@ -3850,61 +3469,52 @@
       </c>
       <c r="N50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T50" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U50" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V50" s="8" t="e">
-[...9 lines deleted...]
-    <row r="51" spans="1:24">
+    </row>
+    <row r="51" spans="1:21">
       <c r="A51" s="7" t="s">
         <v>47</v>
       </c>
       <c r="B51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I51" s="8" t="e">
@@ -3924,457 +3534,335 @@
       </c>
       <c r="N51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="R51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="S51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="T51" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="U51" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="V51" s="8" t="e">
-[...9 lines deleted...]
-    <row r="52" spans="1:24">
+    </row>
+    <row r="52" spans="1:21">
       <c r="A52" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21">
+      <c r="A53" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="B52" s="8" t="e">
-[...144 lines deleted...]
-      <c r="A54" s="14" t="s">
+      <c r="B53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U53" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21">
+      <c r="A54" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="B54" s="12" t="e">
-[...70 lines deleted...]
-      <c r="A55" s="7" t="s">
+      <c r="B54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21">
+      <c r="A55" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="B55" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A56" s="15" t="s">
+      <c r="B55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="Q55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="R55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="S55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="T55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="U55" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="56" spans="1:21">
+      <c r="A56" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="B56" s="12" t="e">
-[...95 lines deleted...]
-      <c r="X57" s="16"/>
+      <c r="B56" s="16"/>
+      <c r="C56" s="16"/>
+      <c r="D56" s="16"/>
+      <c r="E56" s="16"/>
+      <c r="F56" s="16"/>
+      <c r="G56" s="16"/>
+      <c r="H56" s="16"/>
+      <c r="I56" s="16"/>
+      <c r="J56" s="16"/>
+      <c r="K56" s="16"/>
+      <c r="L56" s="16"/>
+      <c r="M56" s="16"/>
+      <c r="N56" s="16"/>
+      <c r="O56" s="16"/>
+      <c r="P56" s="16"/>
+      <c r="Q56" s="16"/>
+      <c r="R56" s="16"/>
+      <c r="S56" s="16"/>
+      <c r="T56" s="16"/>
+      <c r="U56" s="16"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">