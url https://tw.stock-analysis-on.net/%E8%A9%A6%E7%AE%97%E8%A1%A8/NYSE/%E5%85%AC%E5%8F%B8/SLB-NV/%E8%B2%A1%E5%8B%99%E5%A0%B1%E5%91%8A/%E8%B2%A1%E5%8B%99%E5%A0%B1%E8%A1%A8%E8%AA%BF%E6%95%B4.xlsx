--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -111,81 +111,81 @@
   <si>
     <t>調整后權益總額</t>
   </si>
   <si>
     <t>調整后總資本</t>
   </si>
   <si>
     <t>短期借款和長期債務的流動部分</t>
   </si>
   <si>
     <t>長期債務，不包括流動部分</t>
   </si>
   <si>
     <t>報告的債務總額</t>
   </si>
   <si>
     <t>報告資本總額</t>
   </si>
   <si>
     <t>債務調整</t>
   </si>
   <si>
     <t>更多： 經營租賃負債（在應付賬款和應計負債中確認）</t>
   </si>
   <si>
-    <t>更多： 經營租賃負債（在其他負債中確認）</t>
+    <t>更多： 營運租賃責任（另類負債）</t>
   </si>
   <si>
     <t>調整后總債務</t>
   </si>
   <si>
     <t>股東權益調整</t>
   </si>
   <si>
-    <t>調整后歸屬於SLB的凈收益（虧損）</t>
+    <t>歸因於SLB的調整後淨利</t>
   </si>
   <si>
     <t>已結束 12 個月</t>
   </si>
   <si>
-    <t>歸屬於SLB的凈收益（虧損）</t>
+    <t>歸因於SLB的淨收入</t>
   </si>
   <si>
     <t>更多： 遞延所得稅費用（福利）</t>
   </si>
   <si>
     <t>更多： 增加（減少）呆賬準備金</t>
   </si>
   <si>
     <t>更多： 其他綜合收益（虧損）</t>
   </si>
   <si>
     <t>更多： 歸屬於非控制性權益的稅項扣除綜合收益（虧損）</t>
   </si>
   <si>
-    <t>調整后淨收入（虧損）</t>
+    <t>調整后凈收入</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -657,63 +657,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -803,63 +803,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -969,63 +969,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1135,63 +1135,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1321,63 +1321,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1694,63 +1694,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>