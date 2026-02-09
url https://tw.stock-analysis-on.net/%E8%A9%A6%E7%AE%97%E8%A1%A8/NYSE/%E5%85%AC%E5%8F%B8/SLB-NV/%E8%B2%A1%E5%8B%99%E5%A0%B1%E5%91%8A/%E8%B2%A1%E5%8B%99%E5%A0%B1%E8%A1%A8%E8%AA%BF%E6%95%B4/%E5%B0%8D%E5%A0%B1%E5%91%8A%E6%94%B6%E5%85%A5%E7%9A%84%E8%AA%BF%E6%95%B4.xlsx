--- v0 (2025-10-23)
+++ v1 (2026-02-09)
@@ -20,84 +20,84 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="淨收入" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
-    <t>調整后歸屬於SLB的凈收益（虧損）</t>
+    <t>歸因於SLB的調整後淨利</t>
   </si>
   <si>
     <t>百萬美元</t>
   </si>
   <si>
     <t>已結束 12 個月</t>
   </si>
   <si>
     <t>調整前</t>
   </si>
   <si>
-    <t>歸屬於SLB的凈收益（虧損）</t>
+    <t>歸因於SLB的淨收入</t>
   </si>
   <si>
     <t>調整</t>
   </si>
   <si>
     <t>更多： 遞延所得稅費用（福利）</t>
   </si>
   <si>
     <t>更多： 增加（減少）呆賬準備金</t>
   </si>
   <si>
     <t>更多： 其他綜合收益（虧損）</t>
   </si>
   <si>
     <t>更多： 歸屬於非控制性權益的稅項扣除綜合收益（虧損）</t>
   </si>
   <si>
     <t>調整后</t>
   </si>
   <si>
-    <t>調整后淨收入（虧損）</t>
+    <t>調整后凈收入</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -551,63 +551,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>