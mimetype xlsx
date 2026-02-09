--- v0 (2025-10-23)
+++ v1 (2026-02-09)
@@ -53,51 +53,51 @@
   <si>
     <t>短期借款和長期債務的流動部分</t>
   </si>
   <si>
     <t>長期債務，不包括流動部分</t>
   </si>
   <si>
     <t>報告的債務總額</t>
   </si>
   <si>
     <t>SLB股東權益合計</t>
   </si>
   <si>
     <t>報告資本總額</t>
   </si>
   <si>
     <t>債務調整</t>
   </si>
   <si>
     <t>更多： 經營租賃負債（採用FASB主題842之前）</t>
   </si>
   <si>
     <t>更多： 經營租賃負債（在應付賬款和應計負債中確認）</t>
   </si>
   <si>
-    <t>更多： 經營租賃負債（在其他負債中確認）</t>
+    <t>更多： 營運租賃責任（另類負債）</t>
   </si>
   <si>
     <t>調整后總債務</t>
   </si>
   <si>
     <t>股東權益調整</t>
   </si>
   <si>
     <t>少： 遞延所得稅資產（負債）凈額</t>
   </si>
   <si>
     <t>更多： 可疑帳戶備抵</t>
   </si>
   <si>
     <t>更多： 非控制性權益</t>
   </si>
   <si>
     <t>調整后權益總額</t>
   </si>
   <si>
     <t>調整后</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
@@ -573,63 +573,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>