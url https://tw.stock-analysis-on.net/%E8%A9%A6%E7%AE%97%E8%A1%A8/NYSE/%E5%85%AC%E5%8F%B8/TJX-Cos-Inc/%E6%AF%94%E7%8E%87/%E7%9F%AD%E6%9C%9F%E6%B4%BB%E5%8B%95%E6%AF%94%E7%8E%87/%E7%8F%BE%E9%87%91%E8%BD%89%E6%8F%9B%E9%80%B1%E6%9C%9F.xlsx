--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -693,66 +693,66 @@
       <c r="E11" s="9">
         <v>20.0</v>
       </c>
       <c r="F11" s="9">
         <v>-2.0</v>
       </c>
       <c r="G11" s="9">
         <v>30.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="7">
-        <v>0.0</v>
+        <v>-65.0</v>
       </c>
       <c r="C14" s="7">
         <v>-48.0</v>
       </c>
       <c r="D14" s="7">
         <v>-40.0</v>
       </c>
       <c r="E14" s="7">
         <v>-39.0</v>
       </c>
       <c r="F14" s="7">
         <v>-45.0</v>
       </c>
       <c r="G14" s="7">
-        <v>-62.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="7">
         <v>51.0</v>
       </c>
       <c r="C15" s="7">
         <v>47.0</v>
       </c>
       <c r="D15" s="7">
         <v>55.0</v>
       </c>
       <c r="E15" s="7">
         <v>39.0</v>
       </c>
       <c r="F15" s="7">
         <v>29.0</v>
       </c>
       <c r="G15" s="7">
         <v>41.0</v>
       </c>
     </row>