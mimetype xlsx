--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -867,51 +867,51 @@
       </c>
       <c r="E20" s="12">
         <v>0.45</v>
       </c>
       <c r="F20" s="12">
         <v>0.28</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
         <v>0.38</v>
       </c>
       <c r="C21" s="12">
         <v>0.4</v>
       </c>
       <c r="D21" s="12">
         <v>0.42</v>
       </c>
       <c r="E21" s="12">
         <v>0.63</v>
       </c>
       <c r="F21" s="12">
-        <v>0.5</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.49</v>
       </c>
       <c r="C22" s="12">
         <v>0.43</v>
       </c>
       <c r="D22" s="12">
         <v>0.49</v>
       </c>
       <c r="E22" s="12">
         <v>0.56</v>
       </c>
       <c r="F22" s="12">
         <v>0.53</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>19</v>