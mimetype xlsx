--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -781,51 +781,51 @@
       </c>
       <c r="E17" s="13">
         <v>0.25</v>
       </c>
       <c r="F17" s="13">
         <v>0.3</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>0.46</v>
       </c>
       <c r="C18" s="13">
         <v>0.49</v>
       </c>
       <c r="D18" s="13">
         <v>0.51</v>
       </c>
       <c r="E18" s="13">
         <v>0.47</v>
       </c>
       <c r="F18" s="13">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="13">
         <v>0.39</v>
       </c>
       <c r="C19" s="13">
         <v>0.45</v>
       </c>
       <c r="D19" s="13">
         <v>0.48</v>
       </c>
       <c r="E19" s="13">
         <v>0.52</v>
       </c>
       <c r="F19" s="13">
         <v>0.48</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>15</v>