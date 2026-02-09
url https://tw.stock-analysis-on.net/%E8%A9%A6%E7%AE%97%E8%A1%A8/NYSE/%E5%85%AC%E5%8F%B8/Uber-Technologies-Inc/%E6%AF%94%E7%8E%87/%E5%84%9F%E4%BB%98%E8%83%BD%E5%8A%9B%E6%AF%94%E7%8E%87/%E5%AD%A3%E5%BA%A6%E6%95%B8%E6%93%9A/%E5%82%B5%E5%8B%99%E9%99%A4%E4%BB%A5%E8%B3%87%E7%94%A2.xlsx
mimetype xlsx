--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1003,60 +1003,60 @@
       <c r="I16" s="14">
         <v>0.49</v>
       </c>
       <c r="J16" s="14">
         <v>0.49</v>
       </c>
       <c r="K16" s="14">
         <v>0.5</v>
       </c>
       <c r="L16" s="14">
         <v>0.51</v>
       </c>
       <c r="M16" s="14">
         <v>0.51</v>
       </c>
       <c r="N16" s="14">
         <v>0.51</v>
       </c>
       <c r="O16" s="14">
         <v>0.5</v>
       </c>
       <c r="P16" s="14">
         <v>0.5</v>
       </c>
       <c r="Q16" s="14">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="R16" s="14">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="S16" s="14">
-        <v>0.46</v>
+        <v>0.0</v>
       </c>
       <c r="T16" s="14">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="14">
         <v>0.33</v>
       </c>
       <c r="C17" s="14">
         <v>0.35</v>
       </c>
       <c r="D17" s="14">
         <v>0.36</v>
       </c>
       <c r="E17" s="14">
         <v>0.39</v>
       </c>
       <c r="F17" s="14">
         <v>0.39</v>
       </c>
       <c r="G17" s="14">
         <v>0.4</v>
       </c>
       <c r="H17" s="14">