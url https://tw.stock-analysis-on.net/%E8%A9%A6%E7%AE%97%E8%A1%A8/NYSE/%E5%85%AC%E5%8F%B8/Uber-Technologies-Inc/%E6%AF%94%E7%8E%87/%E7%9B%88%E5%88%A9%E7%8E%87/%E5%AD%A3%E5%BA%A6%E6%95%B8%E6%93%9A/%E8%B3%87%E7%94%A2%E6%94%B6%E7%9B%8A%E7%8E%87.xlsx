--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -938,60 +938,60 @@
       <c r="I14" s="13">
         <v>0.095</v>
       </c>
       <c r="J14" s="13">
         <v>0.0957</v>
       </c>
       <c r="K14" s="13">
         <v>0.1019</v>
       </c>
       <c r="L14" s="13">
         <v>0.1061</v>
       </c>
       <c r="M14" s="13">
         <v>0.1069</v>
       </c>
       <c r="N14" s="13">
         <v>0.1082</v>
       </c>
       <c r="O14" s="13">
         <v>0.1063</v>
       </c>
       <c r="P14" s="13">
         <v>0.1064</v>
       </c>
       <c r="Q14" s="13">
-        <v>0.1027</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="13">
-        <v>0.0993</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="13">
-        <v>0.0948</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="13">
-        <v>0.0844</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="13">
         <v>0.0432</v>
       </c>
       <c r="C15" s="13">
         <v>0.0429</v>
       </c>
       <c r="D15" s="13">
         <v>0.0481</v>
       </c>
       <c r="E15" s="13">
         <v>0.0425</v>
       </c>
       <c r="F15" s="13">
         <v>0.0381</v>
       </c>
       <c r="G15" s="13">
         <v>0.0401</v>
       </c>
       <c r="H15" s="13">