--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -686,51 +686,51 @@
       </c>
       <c r="E12" s="12">
         <v>2.35</v>
       </c>
       <c r="F12" s="12">
         <v>2.06</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>0.42</v>
       </c>
       <c r="C13" s="12">
         <v>0.42</v>
       </c>
       <c r="D13" s="12">
         <v>0.44</v>
       </c>
       <c r="E13" s="12">
         <v>0.4</v>
       </c>
       <c r="F13" s="12">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>1.33</v>
       </c>
       <c r="C14" s="12">
         <v>1.35</v>
       </c>
       <c r="D14" s="12">
         <v>1.31</v>
       </c>
       <c r="E14" s="12">
         <v>0.77</v>
       </c>
       <c r="F14" s="12">
         <v>0.49</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>