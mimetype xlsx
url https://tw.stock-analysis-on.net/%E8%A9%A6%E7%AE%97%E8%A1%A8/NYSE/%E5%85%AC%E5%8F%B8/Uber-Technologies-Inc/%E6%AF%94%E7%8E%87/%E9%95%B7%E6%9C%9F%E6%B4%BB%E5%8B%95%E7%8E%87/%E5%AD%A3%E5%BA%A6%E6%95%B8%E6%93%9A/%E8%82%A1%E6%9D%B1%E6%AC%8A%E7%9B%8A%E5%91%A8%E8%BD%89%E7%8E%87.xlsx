--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -935,60 +935,60 @@
       <c r="I14" s="13">
         <v>1.63</v>
       </c>
       <c r="J14" s="13">
         <v>1.72</v>
       </c>
       <c r="K14" s="13">
         <v>1.88</v>
       </c>
       <c r="L14" s="13">
         <v>2.0099999999999998</v>
       </c>
       <c r="M14" s="13">
         <v>2.05</v>
       </c>
       <c r="N14" s="13">
         <v>2.08</v>
       </c>
       <c r="O14" s="13">
         <v>1.84</v>
       </c>
       <c r="P14" s="13">
         <v>1.9</v>
       </c>
       <c r="Q14" s="13">
-        <v>1.54</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="13">
-        <v>1.52</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="13">
-        <v>1.44</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="13">
-        <v>1.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>4.08</v>
       </c>
       <c r="C15" s="13">
         <v>4.34</v>
       </c>
       <c r="D15" s="13">
         <v>4.58</v>
       </c>
       <c r="E15" s="13">
         <v>4.5</v>
       </c>
       <c r="F15" s="13">
         <v>4.9</v>
       </c>
       <c r="G15" s="13">
         <v>5.29</v>
       </c>
       <c r="H15" s="13">