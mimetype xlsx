--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1068,60 +1068,60 @@
       <c r="I17" s="15">
         <v>0.21</v>
       </c>
       <c r="J17" s="15">
         <v>0.14</v>
       </c>
       <c r="K17" s="15">
         <v>0.16</v>
       </c>
       <c r="L17" s="15">
         <v>0.17</v>
       </c>
       <c r="M17" s="15">
         <v>0.18</v>
       </c>
       <c r="N17" s="15">
         <v>0.22</v>
       </c>
       <c r="O17" s="15">
         <v>0.13</v>
       </c>
       <c r="P17" s="15">
         <v>0.17</v>
       </c>
       <c r="Q17" s="15">
-        <v>0.17</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="15">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="15">
-        <v>0.26</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="15">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="15">
         <v>0.49</v>
       </c>
       <c r="C18" s="15">
         <v>0.54</v>
       </c>
       <c r="D18" s="15">
         <v>0.59</v>
       </c>
       <c r="E18" s="15">
         <v>0.62</v>
       </c>
       <c r="F18" s="15">
         <v>0.61</v>
       </c>
       <c r="G18" s="15">
         <v>0.59</v>
       </c>
       <c r="H18" s="15">