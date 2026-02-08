--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -997,60 +997,60 @@
       <c r="I15" s="13">
         <v>0.81</v>
       </c>
       <c r="J15" s="13">
         <v>0.72</v>
       </c>
       <c r="K15" s="13">
         <v>0.71</v>
       </c>
       <c r="L15" s="13">
         <v>0.65</v>
       </c>
       <c r="M15" s="13">
         <v>0.72</v>
       </c>
       <c r="N15" s="13">
         <v>0.77</v>
       </c>
       <c r="O15" s="13">
         <v>0.66</v>
       </c>
       <c r="P15" s="13">
         <v>0.71</v>
       </c>
       <c r="Q15" s="13">
-        <v>0.62</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>0.86</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>0.67</v>
       </c>
       <c r="C16" s="13">
         <v>0.7</v>
       </c>
       <c r="D16" s="13">
         <v>0.78</v>
       </c>
       <c r="E16" s="13">
         <v>0.81</v>
       </c>
       <c r="F16" s="13">
         <v>0.79</v>
       </c>
       <c r="G16" s="13">
         <v>0.77</v>
       </c>
       <c r="H16" s="13">