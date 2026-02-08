--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1430,60 +1430,60 @@
       <c r="I15" s="7">
         <v>0.42</v>
       </c>
       <c r="J15" s="7">
         <v>0.42</v>
       </c>
       <c r="K15" s="7">
         <v>0.44</v>
       </c>
       <c r="L15" s="7">
         <v>0.45</v>
       </c>
       <c r="M15" s="7">
         <v>0.44</v>
       </c>
       <c r="N15" s="7">
         <v>0.44</v>
       </c>
       <c r="O15" s="7">
         <v>0.42</v>
       </c>
       <c r="P15" s="7">
         <v>0.41</v>
       </c>
       <c r="Q15" s="7">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>1.3</v>
       </c>
       <c r="C16" s="7">
         <v>1.32</v>
       </c>
       <c r="D16" s="7">
         <v>1.33</v>
       </c>
       <c r="E16" s="7">
         <v>1.33</v>
       </c>
       <c r="F16" s="7">
         <v>1.34</v>
       </c>
       <c r="G16" s="7">
         <v>1.37</v>
       </c>
       <c r="H16" s="7">
@@ -2130,60 +2130,60 @@
       <c r="I18" s="7">
         <v>0.41</v>
       </c>
       <c r="J18" s="7">
         <v>0.41</v>
       </c>
       <c r="K18" s="7">
         <v>0.42</v>
       </c>
       <c r="L18" s="7">
         <v>0.43</v>
       </c>
       <c r="M18" s="7">
         <v>0.43</v>
       </c>
       <c r="N18" s="7">
         <v>0.43</v>
       </c>
       <c r="O18" s="7">
         <v>0.41</v>
       </c>
       <c r="P18" s="7">
         <v>0.4</v>
       </c>
       <c r="Q18" s="7">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="7">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="7">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="7">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="7">
         <v>1.17</v>
       </c>
       <c r="C19" s="7">
         <v>1.2</v>
       </c>
       <c r="D19" s="7">
         <v>1.21</v>
       </c>
       <c r="E19" s="7">
         <v>1.22</v>
       </c>
       <c r="F19" s="7">
         <v>1.23</v>
       </c>
       <c r="G19" s="7">
         <v>1.25</v>
       </c>
       <c r="H19" s="7">
@@ -2706,60 +2706,60 @@
       <c r="I15" s="7">
         <v>0.36</v>
       </c>
       <c r="J15" s="7">
         <v>0.36</v>
       </c>
       <c r="K15" s="7">
         <v>0.38</v>
       </c>
       <c r="L15" s="7">
         <v>0.38</v>
       </c>
       <c r="M15" s="7">
         <v>0.38</v>
       </c>
       <c r="N15" s="7">
         <v>0.37</v>
       </c>
       <c r="O15" s="7">
         <v>0.36</v>
       </c>
       <c r="P15" s="7">
         <v>0.35</v>
       </c>
       <c r="Q15" s="7">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>0.76</v>
       </c>
       <c r="C16" s="7">
         <v>0.75</v>
       </c>
       <c r="D16" s="7">
         <v>0.76</v>
       </c>
       <c r="E16" s="7">
         <v>0.77</v>
       </c>
       <c r="F16" s="7">
         <v>0.77</v>
       </c>
       <c r="G16" s="7">
         <v>0.76</v>
       </c>
       <c r="H16" s="7">
@@ -3282,60 +3282,60 @@
       <c r="I15" s="7">
         <v>1.63</v>
       </c>
       <c r="J15" s="7">
         <v>1.72</v>
       </c>
       <c r="K15" s="7">
         <v>1.88</v>
       </c>
       <c r="L15" s="7">
         <v>2.0099999999999998</v>
       </c>
       <c r="M15" s="7">
         <v>2.05</v>
       </c>
       <c r="N15" s="7">
         <v>2.08</v>
       </c>
       <c r="O15" s="7">
         <v>1.84</v>
       </c>
       <c r="P15" s="7">
         <v>1.9</v>
       </c>
       <c r="Q15" s="7">
-        <v>1.54</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>1.52</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>1.44</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>1.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>4.08</v>
       </c>
       <c r="C16" s="7">
         <v>4.34</v>
       </c>
       <c r="D16" s="7">
         <v>4.58</v>
       </c>
       <c r="E16" s="7">
         <v>4.5</v>
       </c>
       <c r="F16" s="7">
         <v>4.9</v>
       </c>
       <c r="G16" s="7">
         <v>5.29</v>
       </c>
       <c r="H16" s="7">