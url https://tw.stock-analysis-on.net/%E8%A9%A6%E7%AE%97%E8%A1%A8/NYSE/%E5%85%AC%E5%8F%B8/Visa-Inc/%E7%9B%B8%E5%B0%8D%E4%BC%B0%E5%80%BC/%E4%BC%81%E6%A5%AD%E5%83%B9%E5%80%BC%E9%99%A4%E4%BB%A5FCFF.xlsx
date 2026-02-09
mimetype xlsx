--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1125,197 +1125,197 @@
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="14">
         <v>25.67</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="17">
-        <v>12.6</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="17">
-        <v>10.96</v>
+        <v>10.92</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="17">
-        <v>73.060000000000002</v>
+        <v>79.060000000000002</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="17">
-        <v>63.63</v>
+        <v>66.79000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="17">
-        <v>84.31999999999999</v>
+        <v>88.58</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="17">
-        <v>44.92</v>
+        <v>47.16</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="17">
-        <v>22.41</v>
+        <v>23.02</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="17">
-        <v>19.41</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="17">
-        <v>40.009999999999998</v>
+        <v>40.77</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="17">
-        <v>185.44999999999999</v>
+        <v>192.53999999999999</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="17">
-        <v>267.019999999999982</v>
+        <v>279.31999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="17">
-        <v>30.24</v>
+        <v>31.16</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="17">
-        <v>13.71</v>
+        <v>13.81</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="17">
-        <v>22.54</v>
+        <v>22.11</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="16" t="s">
         <v>39</v>
       </c>
       <c r="B25" s="17">
-        <v>52.73</v>
+        <v>54.59</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="17">
-        <v>16.11</v>
+        <v>16.59</v>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="1" ht="28.8">
       <c r="A27" s="15" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="16" t="s">
         <v>42</v>
       </c>
       <c r="B28" s="17">
-        <v>43.4</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="1" ht="28.8">
       <c r="A29" s="15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="16" t="s">
         <v>44</v>
       </c>
       <c r="B30" s="17">
-        <v>57.78</v>
+        <v>60.14</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B31" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G32"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G32" sqref="G32"/>
     </sheetView>