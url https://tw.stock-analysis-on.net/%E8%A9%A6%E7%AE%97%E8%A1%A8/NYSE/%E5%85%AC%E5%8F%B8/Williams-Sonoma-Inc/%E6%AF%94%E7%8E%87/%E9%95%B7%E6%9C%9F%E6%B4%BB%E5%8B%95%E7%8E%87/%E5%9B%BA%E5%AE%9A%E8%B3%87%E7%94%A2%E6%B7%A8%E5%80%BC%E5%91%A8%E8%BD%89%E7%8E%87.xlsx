--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -678,51 +678,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="12">
         <v>2.52</v>
       </c>
       <c r="C12" s="12">
         <v>2.82</v>
       </c>
       <c r="D12" s="12">
         <v>2.75</v>
       </c>
       <c r="E12" s="12">
         <v>2.93</v>
       </c>
       <c r="F12" s="12">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
       <c r="G12" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>5.84</v>
       </c>
       <c r="C13" s="12">
         <v>6.14</v>
       </c>
       <c r="D13" s="12">
         <v>6.0</v>
       </c>
       <c r="E13" s="12">
         <v>5.35</v>
       </c>
       <c r="F13" s="12">
         <v>4.84</v>
       </c>
       <c r="G13" s="12">