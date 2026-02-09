--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1057,51 +1057,51 @@
       </c>
       <c r="D29" s="14">
         <v>0.23</v>
       </c>
       <c r="E29" s="14">
         <v>0.27</v>
       </c>
       <c r="F29" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="14">
         <v>0.08</v>
       </c>
       <c r="C30" s="14">
         <v>0.09</v>
       </c>
       <c r="D30" s="14">
         <v>0.11</v>
       </c>
       <c r="E30" s="14">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
       <c r="F30" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="14">
         <v>0.37</v>
       </c>
       <c r="C31" s="14">
         <v>0.37</v>
       </c>
       <c r="D31" s="14">
         <v>0.38</v>
       </c>
       <c r="E31" s="14">
         <v>0.33</v>
       </c>
       <c r="F31" s="14">
         <v>0.0</v>
       </c>
     </row>