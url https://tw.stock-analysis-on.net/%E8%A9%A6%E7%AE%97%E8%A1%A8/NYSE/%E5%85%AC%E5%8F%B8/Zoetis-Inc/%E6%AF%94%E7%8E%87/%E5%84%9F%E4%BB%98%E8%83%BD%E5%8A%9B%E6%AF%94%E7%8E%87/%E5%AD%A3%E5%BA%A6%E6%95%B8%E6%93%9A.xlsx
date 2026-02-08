--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -2243,60 +2243,60 @@
       <c r="C26" s="8">
         <v>0.1</v>
       </c>
       <c r="D26" s="8">
         <v>0.11</v>
       </c>
       <c r="E26" s="8">
         <v>0.11</v>
       </c>
       <c r="F26" s="8">
         <v>0.11</v>
       </c>
       <c r="G26" s="8">
         <v>0.12</v>
       </c>
       <c r="H26" s="8">
         <v>0.13</v>
       </c>
       <c r="I26" s="8">
         <v>0.13</v>
       </c>
       <c r="J26" s="8">
         <v>0.14</v>
       </c>
       <c r="K26" s="8">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="8">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="N26" s="8">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
       <c r="O26" s="8">
         <v>0.0</v>
       </c>
       <c r="P26" s="8">
         <v>0.0</v>
       </c>
       <c r="Q26" s="8">
         <v>0.0</v>
       </c>
       <c r="R26" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="15" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="8">
         <v>0.78</v>
       </c>
       <c r="C27" s="8">
         <v>0.75</v>
       </c>
       <c r="D27" s="8">
@@ -4079,60 +4079,60 @@
       <c r="C26" s="8">
         <v>0.09</v>
       </c>
       <c r="D26" s="8">
         <v>0.1</v>
       </c>
       <c r="E26" s="8">
         <v>0.1</v>
       </c>
       <c r="F26" s="8">
         <v>0.1</v>
       </c>
       <c r="G26" s="8">
         <v>0.11</v>
       </c>
       <c r="H26" s="8">
         <v>0.11</v>
       </c>
       <c r="I26" s="8">
         <v>0.12</v>
       </c>
       <c r="J26" s="8">
         <v>0.12</v>
       </c>
       <c r="K26" s="8">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="8">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="8">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="N26" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="O26" s="8">
         <v>0.0</v>
       </c>
       <c r="P26" s="8">
         <v>0.0</v>
       </c>
       <c r="Q26" s="8">
         <v>0.0</v>
       </c>
       <c r="R26" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="15" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="8">
         <v>0.44</v>
       </c>
       <c r="C27" s="8">
         <v>0.43</v>
       </c>
       <c r="D27" s="8">
@@ -5915,60 +5915,60 @@
       <c r="C26" s="8">
         <v>0.08</v>
       </c>
       <c r="D26" s="8">
         <v>0.08</v>
       </c>
       <c r="E26" s="8">
         <v>0.09</v>
       </c>
       <c r="F26" s="8">
         <v>0.09</v>
       </c>
       <c r="G26" s="8">
         <v>0.09</v>
       </c>
       <c r="H26" s="8">
         <v>0.1</v>
       </c>
       <c r="I26" s="8">
         <v>0.1</v>
       </c>
       <c r="J26" s="8">
         <v>0.1</v>
       </c>
       <c r="K26" s="8">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="8">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="8">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="N26" s="8">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="O26" s="8">
         <v>0.0</v>
       </c>
       <c r="P26" s="8">
         <v>0.0</v>
       </c>
       <c r="Q26" s="8">
         <v>0.0</v>
       </c>
       <c r="R26" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="15" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="8">
         <v>0.37</v>
       </c>
       <c r="C27" s="8">
         <v>0.35</v>
       </c>
       <c r="D27" s="8">
@@ -7527,60 +7527,60 @@
       <c r="C22" s="8">
         <v>1.27</v>
       </c>
       <c r="D22" s="8">
         <v>1.29</v>
       </c>
       <c r="E22" s="8">
         <v>1.28</v>
       </c>
       <c r="F22" s="8">
         <v>1.28</v>
       </c>
       <c r="G22" s="8">
         <v>1.29</v>
       </c>
       <c r="H22" s="8">
         <v>1.29</v>
       </c>
       <c r="I22" s="8">
         <v>1.32</v>
       </c>
       <c r="J22" s="8">
         <v>1.32</v>
       </c>
       <c r="K22" s="8">
-        <v>1.36</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="8">
-        <v>1.37</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="8">
-        <v>1.42</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
         <v>0.0</v>
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="15" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="8">
         <v>2.13</v>
       </c>
       <c r="C23" s="8">
         <v>2.11</v>
       </c>
       <c r="D23" s="8">
@@ -8389,60 +8389,60 @@
       <c r="C20" s="8">
         <v>58.52</v>
       </c>
       <c r="D20" s="8">
         <v>61.7</v>
       </c>
       <c r="E20" s="8">
         <v>69.61</v>
       </c>
       <c r="F20" s="8">
         <v>73.97</v>
       </c>
       <c r="G20" s="8">
         <v>82.8</v>
       </c>
       <c r="H20" s="8">
         <v>108.62</v>
       </c>
       <c r="I20" s="8">
         <v>116.34999999999999</v>
       </c>
       <c r="J20" s="8">
         <v>163.24000000000001</v>
       </c>
       <c r="K20" s="8">
-        <v>163.75</v>
+        <v>0.0</v>
       </c>
       <c r="L20" s="8">
-        <v>139.74000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="M20" s="8">
-        <v>104.12</v>
+        <v>0.0</v>
       </c>
       <c r="N20" s="8">
-        <v>68.2</v>
+        <v>0.0</v>
       </c>
       <c r="O20" s="8">
         <v>0.0</v>
       </c>
       <c r="P20" s="8">
         <v>0.0</v>
       </c>
       <c r="Q20" s="8">
         <v>0.0</v>
       </c>
       <c r="R20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" s="15" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="8">
         <v>5.53</v>
       </c>
       <c r="C21" s="8">
         <v>5.54</v>
       </c>
       <c r="D21" s="8">